--- v0 (2025-12-05)
+++ v1 (2026-02-22)
@@ -46,233 +46,204 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>CT/MRI jelentési rekordkép</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004E7A87" w:rsidRDefault="00F54CE5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="005B0A3D">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>10</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="000B72C9">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="004E7A87">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.x</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="004E7A87" w:rsidRDefault="004E7A87">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004E7A87" w:rsidRDefault="004E7A87">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004E7A87" w:rsidRDefault="004E7A87">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>1. Általános szabályok</w:t>
       </w:r>
       <w:r w:rsidR="006C68C4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>/Változások</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AD2230" w:rsidRDefault="00AD2230">
       <w:pPr>
         <w:pStyle w:val="Szvegtrzs"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AD2230" w:rsidRDefault="00AD2230" w:rsidP="00AD2230">
+    <w:p w:rsidR="00F61F79" w:rsidRDefault="00F61F79" w:rsidP="00AD2230">
       <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>A NEAK egységes kódstruktúra kezelése érdekében,</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="007F2949">
+        <w:t xml:space="preserve">Jogszabályi kötelezettség miatt, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD2230">
+        <w:t xml:space="preserve">a CT/MRI diagnosztika beavatkozások jelentésében </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">eddig nem szereplő </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A30082">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">a </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005B0A3D">
+        <w:t>Beutalás kelte (BDATUM)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A30082">
+        <w:t xml:space="preserve">mező </w:t>
+      </w:r>
+      <w:r>
+        <w:t>bevezet</w:t>
+      </w:r>
+      <w:r w:rsidR="00517AC5">
+        <w:t>ésre kerül</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F61F79" w:rsidRDefault="00F61F79" w:rsidP="00F61F79">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">A jogszabályi környezet várható változása miatt, a CT/MRI diagnosztika beavatkozások jelentésében eddig nem szereplő </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A30082" w:rsidRPr="00A30082">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">beküldő </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="005B0A3D">
+        <w:t>EESzT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A30082" w:rsidRPr="00A30082">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>orvos</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007F2949">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A30082" w:rsidRPr="00A30082">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>kód</w:t>
+        <w:t>eBeutaló</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007F2949">
+      <w:r w:rsidR="00A30082" w:rsidRPr="00A30082">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005B0A3D">
+        <w:t xml:space="preserve"> azonosító</w:t>
+      </w:r>
+      <w:r w:rsidR="00A30082">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>KULDO</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007F2949">
+        <w:t xml:space="preserve"> (EBEUTALO_ID)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A30082">
         <w:rPr>
-          <w:b/>
-[...29 lines deleted...]
-          <w:b/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="008A1A48">
+        <w:t xml:space="preserve">mező </w:t>
+      </w:r>
+      <w:r w:rsidR="00A30082">
+        <w:t>bevezet</w:t>
+      </w:r>
+      <w:r w:rsidR="00517AC5">
+        <w:t>ésre kerül</w:t>
+      </w:r>
+      <w:r w:rsidR="00A30082">
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00211E39" w:rsidRDefault="00211E39" w:rsidP="00AD2230">
-[...37 lines deleted...]
-    <w:p w:rsidR="00AD2230" w:rsidRDefault="00AD2230">
+    <w:p w:rsidR="00F61F79" w:rsidRDefault="00F61F79">
       <w:pPr>
         <w:pStyle w:val="Szvegtrzs"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004E7A87" w:rsidRDefault="002C2EB2">
       <w:pPr>
         <w:pStyle w:val="Szvegtrzs"/>
       </w:pPr>
       <w:r>
         <w:t>A jelentések kizárólag</w:t>
       </w:r>
       <w:r w:rsidR="004E7A87">
         <w:t xml:space="preserve"> fix sorhosszúságú szöveges (ASCII) formában küldhető</w:t>
       </w:r>
       <w:r>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidR="004E7A87">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AD2230" w:rsidRDefault="00AD2230">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -905,155 +876,107 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="838" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004E7A87" w:rsidRPr="00A67821" w:rsidRDefault="006C68C4" w:rsidP="006C68C4">
             <w:r>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004E7A87" w:rsidRPr="00A67821" w:rsidRDefault="004E7A87" w:rsidP="006C68C4">
             <w:r w:rsidRPr="00A67821">
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="006C68C4">
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00211E39" w:rsidRPr="00B56206">
+      <w:tr w:rsidR="00211E39" w:rsidRPr="006E5ED5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00211E39" w:rsidRPr="00B56206" w:rsidRDefault="00211E39">
-[...8 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00211E39" w:rsidRPr="006E5ED5" w:rsidRDefault="00211E39">
+            <w:r w:rsidRPr="006E5ED5">
               <w:t>NEM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4130" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00211E39" w:rsidRPr="00B56206" w:rsidRDefault="00211E39">
-[...8 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00211E39" w:rsidRPr="006E5ED5" w:rsidRDefault="00211E39">
+            <w:r w:rsidRPr="006E5ED5">
               <w:t>Beteg neme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00211E39" w:rsidRPr="00B56206" w:rsidRDefault="00211E39">
-[...8 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00211E39" w:rsidRPr="006E5ED5" w:rsidRDefault="00211E39">
+            <w:r w:rsidRPr="006E5ED5">
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00211E39" w:rsidRPr="00B56206" w:rsidRDefault="00211E39">
-[...8 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00211E39" w:rsidRPr="006E5ED5" w:rsidRDefault="00211E39">
+            <w:r w:rsidRPr="006E5ED5">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00211E39" w:rsidRPr="00B56206" w:rsidRDefault="00211E39" w:rsidP="006C68C4">
-[...8 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00211E39" w:rsidRPr="006E5ED5" w:rsidRDefault="00211E39" w:rsidP="006C68C4">
+            <w:r w:rsidRPr="006E5ED5">
               <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00211E39" w:rsidRPr="00B56206" w:rsidRDefault="00211E39" w:rsidP="006C68C4">
-[...8 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00211E39" w:rsidRPr="006E5ED5" w:rsidRDefault="00211E39" w:rsidP="006C68C4">
+            <w:r w:rsidRPr="006E5ED5">
               <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E7A87">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004E7A87" w:rsidRDefault="004E7A87">
             <w:r>
               <w:t>KEZDAT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4130" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004E7A87" w:rsidRDefault="004E7A87">
             <w:r>
               <w:t>Vizsgálat időpontja</w:t>
             </w:r>
           </w:p>
@@ -1219,167 +1142,113 @@
             <w:tcW w:w="838" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004E7A87" w:rsidRPr="00A67821" w:rsidRDefault="004E7A87" w:rsidP="00211E39">
             <w:r w:rsidRPr="00A67821">
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00211E39">
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004E7A87" w:rsidRPr="00A67821" w:rsidRDefault="004E7A87" w:rsidP="00211E39">
             <w:r w:rsidRPr="00A67821">
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00211E39">
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E7A87" w:rsidRPr="005B0A3D">
+      <w:tr w:rsidR="004E7A87" w:rsidRPr="006E5ED5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004E7A87" w:rsidRPr="005B0A3D" w:rsidRDefault="004E7A87">
-[...8 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="004E7A87" w:rsidRPr="006E5ED5" w:rsidRDefault="004E7A87">
+            <w:r w:rsidRPr="006E5ED5">
               <w:t>KULDO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4130" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004E7A87" w:rsidRPr="005B0A3D" w:rsidRDefault="004E7A87">
-[...8 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="004E7A87" w:rsidRPr="006E5ED5" w:rsidRDefault="004E7A87">
+            <w:r w:rsidRPr="006E5ED5">
               <w:t>Küldő orvos pecsétszáma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004E7A87" w:rsidRPr="005B0A3D" w:rsidRDefault="004E7A87">
-[...8 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="004E7A87" w:rsidRPr="006E5ED5" w:rsidRDefault="004E7A87">
+            <w:r w:rsidRPr="006E5ED5">
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004E7A87" w:rsidRPr="005B0A3D" w:rsidRDefault="005B0A3D">
-[...8 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="004E7A87" w:rsidRPr="006E5ED5" w:rsidRDefault="005B0A3D">
+            <w:r w:rsidRPr="006E5ED5">
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004E7A87" w:rsidRPr="005B0A3D" w:rsidRDefault="004E7A87" w:rsidP="00211E39">
-[...8 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="004E7A87" w:rsidRPr="006E5ED5" w:rsidRDefault="004E7A87" w:rsidP="00211E39">
+            <w:r w:rsidRPr="006E5ED5">
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00211E39">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00211E39" w:rsidRPr="006E5ED5">
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004E7A87" w:rsidRPr="005B0A3D" w:rsidRDefault="004E7A87" w:rsidP="00211E39">
-[...8 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="004E7A87" w:rsidRPr="006E5ED5" w:rsidRDefault="004E7A87" w:rsidP="00211E39">
+            <w:r w:rsidRPr="006E5ED5">
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00211E39">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00211E39" w:rsidRPr="006E5ED5">
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E7A87">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004E7A87" w:rsidRDefault="004E7A87">
             <w:r>
               <w:t>KULDEGYS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4130" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004E7A87" w:rsidRDefault="004E7A87">
             <w:r>
               <w:t>Küldő szerv. egység kódja</w:t>
             </w:r>
           </w:p>
@@ -2244,51 +2113,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00A67821" w:rsidRPr="006C68C4" w:rsidRDefault="00A67821" w:rsidP="00211E39">
             <w:r w:rsidRPr="006C68C4">
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00211E39">
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C68C4" w:rsidRPr="005B0A3D" w:rsidTr="00A67821">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="006C68C4" w:rsidRPr="005B0A3D" w:rsidRDefault="006C68C4">
             <w:r w:rsidRPr="005B0A3D">
-              <w:lastRenderedPageBreak/>
               <w:t>NAPLO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4130" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="006C68C4" w:rsidRPr="005B0A3D" w:rsidRDefault="006C68C4">
             <w:r w:rsidRPr="005B0A3D">
               <w:t>Naplósorszám</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="006C68C4" w:rsidRPr="005B0A3D" w:rsidRDefault="006C68C4">
             <w:r w:rsidRPr="005B0A3D">
               <w:t>C</w:t>
             </w:r>
           </w:p>
@@ -2314,126 +2182,381 @@
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="005B0A3D">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="005963FF">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="006C68C4" w:rsidRPr="005B0A3D" w:rsidRDefault="006C68C4" w:rsidP="005963FF">
             <w:r w:rsidRPr="005B0A3D">
               <w:t>12</w:t>
             </w:r>
             <w:r w:rsidR="005963FF">
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="000B72C9" w:rsidRPr="006E5ED5" w:rsidTr="00A67821">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B72C9" w:rsidRPr="006E5ED5" w:rsidRDefault="006E5ED5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5ED5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>BDATUM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4130" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B72C9" w:rsidRPr="006E5ED5" w:rsidRDefault="006E5ED5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5ED5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Beutalás kelte (dátuma)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B72C9" w:rsidRPr="006E5ED5" w:rsidRDefault="006E5ED5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5ED5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B72C9" w:rsidRPr="006E5ED5" w:rsidRDefault="006E5ED5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5ED5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="838" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B72C9" w:rsidRPr="006E5ED5" w:rsidRDefault="006E5ED5" w:rsidP="005963FF">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5ED5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>129</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="636" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B72C9" w:rsidRPr="006E5ED5" w:rsidRDefault="006E5ED5" w:rsidP="005963FF">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5ED5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>136</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B72C9" w:rsidRPr="006E5ED5" w:rsidTr="00A67821">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B72C9" w:rsidRPr="006E5ED5" w:rsidRDefault="006E5ED5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5ED5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>EBEUTALO_ID</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4130" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B72C9" w:rsidRPr="006E5ED5" w:rsidRDefault="006E5ED5" w:rsidP="00A30082">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E5ED5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>eBeutaló</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006E5ED5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E5ED5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>EESZT-ben</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006E5ED5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> generált egyedi azonosítója</w:t>
+            </w:r>
+            <w:r w:rsidR="00A30082">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B72C9" w:rsidRPr="006E5ED5" w:rsidRDefault="00B2744A">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B72C9" w:rsidRPr="006E5ED5" w:rsidRDefault="006E5ED5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5ED5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="838" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B72C9" w:rsidRPr="006E5ED5" w:rsidRDefault="006E5ED5" w:rsidP="005963FF">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5ED5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>137</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="636" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B72C9" w:rsidRPr="006E5ED5" w:rsidRDefault="006E5ED5" w:rsidP="005963FF">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5ED5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>154</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="004E7A87" w:rsidRPr="006C68C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="dxa"/>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="004E7A87" w:rsidRPr="006C68C4" w:rsidRDefault="004E7A87">
             <w:r w:rsidRPr="006C68C4">
               <w:t>KORRTIP*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4130" w:type="dxa"/>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="004E7A87" w:rsidRPr="006C68C4" w:rsidRDefault="004E7A87">
             <w:r w:rsidRPr="006C68C4">
               <w:t>Korrekció típusa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="004E7A87" w:rsidRPr="006C68C4" w:rsidRDefault="004E7A87">
             <w:r w:rsidRPr="006C68C4">
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="004E7A87" w:rsidRPr="006C68C4" w:rsidRDefault="004E7A87">
             <w:r w:rsidRPr="006C68C4">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="838" w:type="dxa"/>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004E7A87" w:rsidRPr="006C68C4" w:rsidRDefault="004E7A87" w:rsidP="005963FF">
+          <w:p w:rsidR="004E7A87" w:rsidRPr="006C68C4" w:rsidRDefault="004E7A87" w:rsidP="006E5ED5">
             <w:r w:rsidRPr="006C68C4">
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="006C68C4">
-[...3 lines deleted...]
-              <w:t>9</w:t>
+            <w:r w:rsidR="006E5ED5">
+              <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004E7A87" w:rsidRPr="006C68C4" w:rsidRDefault="004E7A87" w:rsidP="005963FF">
+          <w:p w:rsidR="004E7A87" w:rsidRPr="006C68C4" w:rsidRDefault="004E7A87" w:rsidP="006E5ED5">
             <w:r w:rsidRPr="006C68C4">
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="006C68C4">
-[...3 lines deleted...]
-              <w:t>9</w:t>
+            <w:r w:rsidR="006E5ED5">
+              <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E7A87" w:rsidRPr="006C68C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="dxa"/>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="004E7A87" w:rsidRPr="006C68C4" w:rsidRDefault="004E7A87">
             <w:r w:rsidRPr="006C68C4">
               <w:t>KORRIDO*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4130" w:type="dxa"/>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="004E7A87" w:rsidRPr="006C68C4" w:rsidRDefault="004E7A87">
             <w:r w:rsidRPr="006C68C4">
               <w:t>Korrekció időszaka</w:t>
             </w:r>
@@ -2444,73 +2567,64 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="004E7A87" w:rsidRPr="006C68C4" w:rsidRDefault="004E7A87">
             <w:r w:rsidRPr="006C68C4">
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="004E7A87" w:rsidRPr="006C68C4" w:rsidRDefault="004E7A87">
             <w:r w:rsidRPr="006C68C4">
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="838" w:type="dxa"/>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004E7A87" w:rsidRPr="006C68C4" w:rsidRDefault="004E7A87" w:rsidP="005963FF">
-[...4 lines deleted...]
-              <w:t>30</w:t>
+          <w:p w:rsidR="004E7A87" w:rsidRPr="006C68C4" w:rsidRDefault="006E5ED5" w:rsidP="006E5ED5">
+            <w:r>
+              <w:t>156</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004E7A87" w:rsidRPr="006C68C4" w:rsidRDefault="00A67821" w:rsidP="005963FF">
-[...7 lines deleted...]
-              <w:t>5</w:t>
+          <w:p w:rsidR="004E7A87" w:rsidRPr="006C68C4" w:rsidRDefault="006E5ED5" w:rsidP="006E5ED5">
+            <w:r>
+              <w:t>161</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="004E7A87" w:rsidRDefault="004E7A87">
       <w:r>
         <w:t>A *</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>-al</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> jelzett mezőket CSAK és KIZÁRÓLAG a korrekciós állomány tartalmazhatja!</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004E7A87" w:rsidRDefault="004E7A87"/>
     <w:p w:rsidR="004E7A87" w:rsidRDefault="004E7A87">
       <w:r>
         <w:t xml:space="preserve">A sorokat </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
@@ -2999,114 +3113,76 @@
           <w:p w:rsidR="004E7A87" w:rsidRDefault="004E7A87">
             <w:r>
               <w:t>SZULDAT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6272" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004E7A87" w:rsidRDefault="004E7A87">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Beteg születési dátuma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00211E39" w:rsidRPr="00211E39">
+      <w:tr w:rsidR="00211E39" w:rsidRPr="005C69AD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00211E39" w:rsidRPr="00211E39" w:rsidRDefault="00211E39">
-[...8 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00211E39" w:rsidRPr="005C69AD" w:rsidRDefault="00211E39">
+            <w:r w:rsidRPr="005C69AD">
               <w:t>NEM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00211E39" w:rsidRPr="00211E39" w:rsidRDefault="00211E39" w:rsidP="00211E39">
-[...39 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="00211E39" w:rsidRPr="005C69AD" w:rsidRDefault="00211E39" w:rsidP="00211E39">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C69AD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Beteg neme (1=férfi,2=nő)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E7A87">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004E7A87" w:rsidRDefault="004E7A87">
             <w:r>
               <w:t>KEZDAT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6272" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004E7A87" w:rsidRDefault="004E7A87">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -3185,186 +3261,141 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Vizsgálat jellege kódja. (Lehetséges értékeit az 1</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.sz.</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> melléklet tartalmazza)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E7A87" w:rsidRPr="006226E0">
+      <w:tr w:rsidR="004E7A87" w:rsidRPr="005C69AD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004E7A87" w:rsidRPr="006226E0" w:rsidRDefault="004E7A87">
-[...8 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="004E7A87" w:rsidRPr="005C69AD" w:rsidRDefault="004E7A87">
+            <w:r w:rsidRPr="005C69AD">
               <w:t>KULDO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004E7A87" w:rsidRPr="006226E0" w:rsidRDefault="004E7A87">
+          <w:p w:rsidR="004E7A87" w:rsidRPr="005C69AD" w:rsidRDefault="004E7A87">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:b/>
-[...5 lines deleted...]
-                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C69AD">
+              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kötelezően kitöltendő mező.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004E7A87" w:rsidRPr="006226E0" w:rsidRDefault="004E7A87" w:rsidP="006226E0">
-[...8 lines deleted...]
-                <w:b/>
+          <w:p w:rsidR="004E7A87" w:rsidRPr="005C69AD" w:rsidRDefault="004E7A87" w:rsidP="006226E0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C69AD">
+              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">A beutaló orvos </w:t>
             </w:r>
-            <w:r w:rsidR="006226E0" w:rsidRPr="006226E0">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidR="006226E0" w:rsidRPr="005C69AD">
+              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>legfeljebb 6</w:t>
             </w:r>
-            <w:r w:rsidRPr="006226E0">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="005C69AD">
+              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> jegyű orvosi bélyegző száma. Ha nem </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="006226E0">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="005C69AD">
+              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>beutalóköteles</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="006226E0">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="005C69AD">
+              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> a szervezeti egység, akkor az ellátó orvos pecsétszáma.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006226E0" w:rsidRPr="006226E0" w:rsidRDefault="006226E0" w:rsidP="006226E0">
-[...50 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="006226E0" w:rsidRPr="005C69AD" w:rsidRDefault="006226E0" w:rsidP="00B2744A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C69AD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>A mezőt jobbra igazítva, az orvos</w:t>
+            </w:r>
+            <w:r w:rsidR="00B2744A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C69AD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>pecséten szereplő formában (5 vagy 6 karakter, perszám nélkül) kell megadni.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E7A87">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004E7A87" w:rsidRDefault="004E7A87">
             <w:r>
               <w:t>KULDEGYS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6272" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004E7A87" w:rsidRPr="003B00C4" w:rsidRDefault="004E7A87">
             <w:pPr>
               <w:pStyle w:val="Szvegtrzs2"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
@@ -3818,236 +3849,418 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6272" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="003B00C4" w:rsidRDefault="003B00C4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2303"/>
                 <w:tab w:val="left" w:pos="4606"/>
                 <w:tab w:val="left" w:pos="5315"/>
                 <w:tab w:val="left" w:pos="6052"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Beteg lakhelyének irányítószáma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E7A87">
+      <w:tr w:rsidR="001307BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004E7A87" w:rsidRDefault="004E7A87">
-[...1 lines deleted...]
-              <w:t>KORRTIP</w:t>
+          <w:p w:rsidR="001307BE" w:rsidRDefault="001307BE">
+            <w:r>
+              <w:t>NAPLO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004E7A87" w:rsidRDefault="004E7A87">
+          <w:p w:rsidR="001307BE" w:rsidRPr="006C68C4" w:rsidRDefault="001307BE" w:rsidP="001307BE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2303"/>
                 <w:tab w:val="left" w:pos="4606"/>
                 <w:tab w:val="left" w:pos="5315"/>
                 <w:tab w:val="left" w:pos="6052"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...20 lines deleted...]
-          <w:p w:rsidR="004E7A87" w:rsidRDefault="004E7A87">
+            <w:r w:rsidRPr="006C68C4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Az év elejével kezdett, szakorvosi rendelésenként önálló folyamatos sorszám. Egy beteg egy naptári napon belül egy szakrendelésen (önálló </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C68C4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>szervezeti egységen) történő megjelenése egy naplósorszámon kell, hogy szerepeljen</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001307BE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001307BE" w:rsidRDefault="001307BE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2303"/>
                 <w:tab w:val="left" w:pos="4606"/>
                 <w:tab w:val="left" w:pos="5315"/>
                 <w:tab w:val="left" w:pos="6052"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A30082">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A30082" w:rsidRPr="006E5ED5" w:rsidRDefault="00A30082" w:rsidP="00210F29">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5ED5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>BDATUM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A30082" w:rsidRDefault="00A30082" w:rsidP="00A30082">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2303"/>
+                <w:tab w:val="left" w:pos="4606"/>
+                <w:tab w:val="left" w:pos="5315"/>
+                <w:tab w:val="left" w:pos="6052"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A30082">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>A BADAT mezőben hivatkozott beutaló azonosító kitöltésének dátuma</w:t>
+            </w:r>
+            <w:r w:rsidR="00B2744A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B2744A" w:rsidRPr="00A30082" w:rsidRDefault="00B2744A" w:rsidP="00B2744A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2303"/>
+                <w:tab w:val="left" w:pos="4606"/>
+                <w:tab w:val="left" w:pos="5315"/>
+                <w:tab w:val="left" w:pos="6052"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ha a BADAT kitöltött, a BDATUM is kötelezően az.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A30082">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A30082" w:rsidRPr="006E5ED5" w:rsidRDefault="00A30082" w:rsidP="00210F29">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5ED5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>EBEUTALO_ID</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A30082" w:rsidRPr="006C68C4" w:rsidRDefault="00A30082" w:rsidP="001307BE">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2303"/>
+                <w:tab w:val="left" w:pos="4606"/>
+                <w:tab w:val="left" w:pos="5315"/>
+                <w:tab w:val="left" w:pos="6052"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5ED5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">A beutaló köteles ellátásoknál felhasznált </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E5ED5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>eBeutaló</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006E5ED5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E5ED5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>EESZT-ben</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006E5ED5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> generált egyedi azonosítója. Az ide vonatkozó rendelet megjelenéséig kitöltése nem kötelező</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E5ED5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de a rekord</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>k</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E5ED5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>épnek tartalmaznia kell.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B2744A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Csak számokat tartalmazhat!</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A30082">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A30082" w:rsidRDefault="00A30082" w:rsidP="00F61F79">
+            <w:r>
+              <w:t>KORRTIP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A30082" w:rsidRDefault="00A30082" w:rsidP="00F61F79">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2303"/>
+                <w:tab w:val="left" w:pos="4606"/>
+                <w:tab w:val="left" w:pos="5315"/>
+                <w:tab w:val="left" w:pos="6052"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Korrekció </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>tipusának</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kódja.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A30082" w:rsidRDefault="00A30082" w:rsidP="00F61F79">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2303"/>
+                <w:tab w:val="left" w:pos="4606"/>
+                <w:tab w:val="left" w:pos="5315"/>
+                <w:tab w:val="left" w:pos="6052"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(Lehetséges értékeit az 1</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.sz.</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> melléklet tartalmazza)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004E7A87" w:rsidRDefault="004E7A87">
-[...9 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="00A30082" w:rsidRDefault="00A30082" w:rsidP="00F61F79">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Ha a KORRTIP mező értéke ”</w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="metricconverter">
               <w:smartTagPr>
                 <w:attr w:name="ProductID" w:val="1”"/>
               </w:smartTagPr>
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:t>1”</w:t>
               </w:r>
             </w:smartTag>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>, akkor a WHO kódhoz tartozó pontértéknek negatív előjellel kell szerepelnie.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001307BE">
+      <w:tr w:rsidR="00A30082">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001307BE" w:rsidRDefault="001307BE">
-[...2 lines deleted...]
-              <w:t>NAPLO</w:t>
+          <w:p w:rsidR="00A30082" w:rsidRDefault="00A30082">
+            <w:r>
+              <w:t>KORRIDO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001307BE" w:rsidRPr="006C68C4" w:rsidRDefault="001307BE" w:rsidP="001307BE">
-[...54 lines deleted...]
-          <w:p w:rsidR="004E7A87" w:rsidRDefault="004E7A87">
+          <w:p w:rsidR="00A30082" w:rsidRDefault="00A30082">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Korrekció ideje. Az </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>az</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> időszak, amelyre a korrekció vonatkozik. (pl. 1999 októberében korrekciózott </w:t>
             </w:r>
@@ -4331,80 +4544,80 @@
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>6. Bevezetés</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002C2EB2" w:rsidRDefault="002C2EB2" w:rsidP="002C2EB2">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Az e-jelentés </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00943E1A">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00211E39">
-        <w:t>4</w:t>
+      <w:r w:rsidR="00A30082">
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009454AA">
-        <w:t>május</w:t>
+      <w:r w:rsidR="00A30082">
+        <w:t>február</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00943E1A">
         <w:t xml:space="preserve"> 1.-től</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> fogadja a CT/MRI teljesítményadatokat</w:t>
       </w:r>
       <w:r w:rsidR="00943E1A">
         <w:t xml:space="preserve"> (elsőnek a 202</w:t>
       </w:r>
-      <w:r w:rsidR="00211E39">
-        <w:t>4</w:t>
+      <w:r w:rsidR="00A30082">
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00943E1A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009454AA">
-        <w:t>április</w:t>
+      <w:r w:rsidR="00A30082">
+        <w:t>január havi teljesítményeket és korrekciókat</w:t>
       </w:r>
       <w:r w:rsidR="00943E1A">
-        <w:t xml:space="preserve"> havi teljesítményeket)</w:t>
+        <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003B00C4" w:rsidRDefault="003B00C4"/>
     <w:p w:rsidR="004E7A87" w:rsidRDefault="004E7A87">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>7. Visszajelzések</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004E7A87" w:rsidRDefault="004E7A87">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Feldolgozás után nyomtatható - (</w:t>
@@ -4532,1318 +4745,1318 @@
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1494"/>
         <w:gridCol w:w="7437"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidTr="00C47596">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kódérték</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Megnevezése</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidTr="00C47596">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Élsportoló speciális ellátása</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidTr="00C47596">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Magyar biztosítás alapján végzett ellátás</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidTr="00C47596">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Államközi szerződés alapján végzett ellátás</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidTr="00C47596">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Egyéb személyek térítésköteles ellátása</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidTr="00C47596">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Fekvőbeteg részére végzett ellátás</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidTr="00C47596">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Költségvetésből támogatott ellátás</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidTr="00C47596">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Befogadott külföldi állampolgár</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidTr="00C47596">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Menekült, menedékes státuszt kérelmező</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidTr="00C47596">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Elszámoláson alapuló nemzetközi szerződés alapján</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidTr="00C47596">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0F</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Orvostudományi kutatásokkal, gyógyszerek, vizsgálati készítmények klinikai vizsgálatával összefüggő beavatkozások</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidTr="00C47596">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0G</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Orvostudományi kutatásokkal, gyógyszerek, vizsgálati készítmények klinikai vizsgálatainak szövődmény</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidTr="00C47596">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0H</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Harmadik országbeli állampolgárok ellátása</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidTr="00C47596">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Magyar biztosítás alapján végzett integrált esetfinanszírozás</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidTr="00C47596">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0J</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Fekvőbeteg részére végzett ellátás az integrált esetfinanszírozás körében</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidTr="00C47596">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0K</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Külföldi donor ellátása</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidTr="00C47596">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Magyar biztosítás alapján méltányosságból átvállalt térítés ellenében végzett ellátás</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidTr="00C47596">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Magyar biztosítás alapján részleges térítés ellenében végzett ellátás</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidTr="00C47596">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0S</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Külföldiek más forrásból meg nem térülő sürgősségi ellátása</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidTr="00C47596">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0T</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Uniós beteg részére magyar egészségügyi szolgáltató által határon átnyúló egészségügyi ellátás keretében végzett ellátás</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidTr="00C47596">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Magyar biztosított külföldi ellátása a szociális biztonsági rendszerek koordinálásáról és annak végrehajtásáról szóló un</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidTr="00C47596">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0W</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Magyar biztosítás alapján OEP által átirányítottak magyarországi szolgáltató által végzett ellátása</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidTr="00C47596">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Várólista csökkentési többlet forrás terhére történő ellátás</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidTr="00C47596">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Magyar biztosított külföldi ellátása a határon átnyúló egészségügyi ellátás keretében</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidTr="00C47596">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0Z</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Várólista csökkentési többlet forrás terhére történő ellátás, előfinanszírozott elszámolással</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidTr="00C47596">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="006A2FB7">
+          <w:p w:rsidR="00C47596" w:rsidRPr="00284FAA" w:rsidRDefault="00C47596" w:rsidP="00F61F79">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00284FAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Fekvőbeteg részére végzett szűrés</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="004E7A87" w:rsidRDefault="004E7A87"/>
     <w:p w:rsidR="004E7A87" w:rsidRDefault="004449F5">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -7893,261 +8106,250 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004E7A87" w:rsidRDefault="004E7A87">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Egyéb módon</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="004E7A87" w:rsidRDefault="004E7A87"/>
     <w:p w:rsidR="004E7A87" w:rsidRDefault="004E7A87"/>
     <w:p w:rsidR="004E7A87" w:rsidRDefault="004E7A87">
       <w:r>
-        <w:t xml:space="preserve">Budapest, </w:t>
-[...3 lines deleted...]
-        <w:t>20</w:t>
+        <w:t>Budapest, 20</w:t>
       </w:r>
       <w:r w:rsidR="002A30E3">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00876D9A">
-        <w:t>4</w:t>
+      <w:r w:rsidR="00A30082">
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="002A30E3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00876D9A">
-[...2 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A30082">
+        <w:t>december</w:t>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="004E7A87" w:rsidSect="003C7975">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00204F96" w:rsidRDefault="00204F96">
+    <w:p w:rsidR="006F1D7E" w:rsidRDefault="006F1D7E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00204F96" w:rsidRDefault="00204F96">
+    <w:p w:rsidR="006F1D7E" w:rsidRDefault="006F1D7E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00405A84" w:rsidRDefault="00E57C14">
+  <w:p w:rsidR="00F61F79" w:rsidRDefault="0079296D">
     <w:pPr>
       <w:pStyle w:val="llb"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Oldalszm"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00405A84">
+    <w:r w:rsidR="00F61F79">
       <w:rPr>
         <w:rStyle w:val="Oldalszm"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Oldalszm"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="005963FF">
+    <w:r w:rsidR="00B2744A">
       <w:rPr>
         <w:rStyle w:val="Oldalszm"/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Oldalszm"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="00405A84">
+    <w:r w:rsidR="00F61F79">
       <w:rPr>
         <w:rStyle w:val="Oldalszm"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>. oldal</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00204F96" w:rsidRDefault="00204F96">
+    <w:p w:rsidR="006F1D7E" w:rsidRDefault="006F1D7E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00204F96" w:rsidRDefault="00204F96">
+    <w:p w:rsidR="006F1D7E" w:rsidRDefault="006F1D7E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00405A84" w:rsidRDefault="00405A84">
+  <w:p w:rsidR="00F61F79" w:rsidRDefault="00F61F79">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>CT/MRI jelentési rekordkép</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00405A84" w:rsidRDefault="00405A84">
+  <w:p w:rsidR="00F61F79" w:rsidRDefault="00F61F79">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
       <w:pBdr>
         <w:bottom w:val="double" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>V</w:t>
-[...5 lines deleted...]
-      <w:t>10</w:t>
+      <w:t>V11</w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>.x</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="20772D94"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="76BEB358"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1. "/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="283"/>
       <w:lvlJc w:val="left"/>
@@ -8263,117 +8465,139 @@
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00A67821"/>
+    <w:rsid w:val="00022550"/>
+    <w:rsid w:val="000B72C9"/>
     <w:rsid w:val="00124B5C"/>
     <w:rsid w:val="001307BE"/>
     <w:rsid w:val="00150244"/>
     <w:rsid w:val="0015196C"/>
     <w:rsid w:val="00204F96"/>
     <w:rsid w:val="00211E39"/>
     <w:rsid w:val="00283AF3"/>
     <w:rsid w:val="002A30E3"/>
+    <w:rsid w:val="002B7C5B"/>
     <w:rsid w:val="002C2EB2"/>
     <w:rsid w:val="003B00C4"/>
     <w:rsid w:val="003C7975"/>
     <w:rsid w:val="00405A84"/>
     <w:rsid w:val="004449F5"/>
     <w:rsid w:val="004454AF"/>
+    <w:rsid w:val="00445F78"/>
+    <w:rsid w:val="004A0938"/>
     <w:rsid w:val="004B035D"/>
     <w:rsid w:val="004E7A87"/>
+    <w:rsid w:val="00517AC5"/>
     <w:rsid w:val="005963FF"/>
     <w:rsid w:val="005B0A3D"/>
+    <w:rsid w:val="005C69AD"/>
+    <w:rsid w:val="006066BC"/>
     <w:rsid w:val="006226E0"/>
     <w:rsid w:val="0063521D"/>
     <w:rsid w:val="006A0DD4"/>
     <w:rsid w:val="006C68C4"/>
+    <w:rsid w:val="006E5ED5"/>
+    <w:rsid w:val="006F1D7E"/>
+    <w:rsid w:val="006F6986"/>
     <w:rsid w:val="00700053"/>
     <w:rsid w:val="0076242F"/>
+    <w:rsid w:val="0079296D"/>
+    <w:rsid w:val="0080065D"/>
+    <w:rsid w:val="0082269E"/>
+    <w:rsid w:val="008246F0"/>
     <w:rsid w:val="00852913"/>
     <w:rsid w:val="00876D9A"/>
+    <w:rsid w:val="008A1A48"/>
     <w:rsid w:val="008C7640"/>
     <w:rsid w:val="008E25AD"/>
     <w:rsid w:val="00943E1A"/>
     <w:rsid w:val="009454AA"/>
     <w:rsid w:val="009E638A"/>
     <w:rsid w:val="00A01F15"/>
     <w:rsid w:val="00A12323"/>
+    <w:rsid w:val="00A30082"/>
     <w:rsid w:val="00A67821"/>
     <w:rsid w:val="00AD2230"/>
     <w:rsid w:val="00B20173"/>
+    <w:rsid w:val="00B2744A"/>
     <w:rsid w:val="00B56206"/>
+    <w:rsid w:val="00BE399A"/>
     <w:rsid w:val="00BE6B27"/>
     <w:rsid w:val="00C47596"/>
     <w:rsid w:val="00C753FD"/>
     <w:rsid w:val="00CF0858"/>
     <w:rsid w:val="00CF420A"/>
     <w:rsid w:val="00E34C73"/>
     <w:rsid w:val="00E5350D"/>
     <w:rsid w:val="00E57C14"/>
     <w:rsid w:val="00E87174"/>
+    <w:rsid w:val="00EB11A9"/>
     <w:rsid w:val="00F54CE5"/>
+    <w:rsid w:val="00F61F79"/>
+    <w:rsid w:val="00FF6297"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hu-HU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="metricconverter"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8194"/>
+    <o:shapedefaults v:ext="edit" spidmax="14338"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="hu-HU" w:eastAsia="hu-HU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
@@ -9216,67 +9440,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1445</Words>
-  <Characters>9975</Characters>
+  <Words>1506</Words>
+  <Characters>10392</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>83</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>86</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Cím</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mező neve</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>OEP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11398</CharactersWithSpaces>
+  <CharactersWithSpaces>11875</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Mező neve</dc:title>
   <dc:creator>oep</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>