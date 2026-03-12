--- v0 (2025-12-16)
+++ v1 (2026-03-12)
@@ -29,238 +29,308 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:spacing w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00992436">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:spacing w:val="20"/>
         </w:rPr>
         <w:t>NYILATKOZAT</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00992436" w:rsidRPr="00992436" w:rsidRDefault="00992436" w:rsidP="00992436">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00992436">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="000F537A" w:rsidRPr="00992436">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
         <w:t>gészségü</w:t>
       </w:r>
       <w:r w:rsidRPr="00992436">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
-        <w:t>gyi szakmai irányelvben foglalt</w:t>
+        <w:t>gyi</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00992436">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> szakmai irányelvben foglalt</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00992436" w:rsidRPr="00992436" w:rsidRDefault="00A9635F" w:rsidP="00992436">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
-        <w:t xml:space="preserve">eljárások, eszközök </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000F537A" w:rsidRPr="00992436">
+        <w:t>eljárások</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
-        <w:t xml:space="preserve">és </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">, eszközök </w:t>
+      </w:r>
+      <w:r w:rsidR="000F537A" w:rsidRPr="00992436">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
+        <w:t xml:space="preserve">és </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
         <w:t>gyógyszer hatóanyagok</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005827C8" w:rsidRPr="00992436" w:rsidRDefault="00992436" w:rsidP="00992436">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00992436">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
         <w:t>finanszírozásáról</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00604920" w:rsidRDefault="00604920" w:rsidP="00923BE4">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00604920" w:rsidRPr="00604920" w:rsidRDefault="00604920" w:rsidP="00923BE4">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00604920" w:rsidRPr="00604920" w:rsidRDefault="00604920" w:rsidP="00923BE4">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="007A7139">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="007A7139" w:rsidRPr="007A7139">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>kut koronária szindrómán átesett betegek fizioterápiájáról</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>kut</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007A7139" w:rsidRPr="007A7139">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A7139" w:rsidRPr="007A7139">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>koronária</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A7139" w:rsidRPr="007A7139">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> szindrómán átesett betegek fizioterápiájáról</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00756D68" w:rsidRPr="00604920" w:rsidRDefault="00992436" w:rsidP="00923BE4">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidR="00604920" w:rsidRPr="00604920">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>linikai egészségügyi szakmai irányelv</w:t>
+        <w:t>linikai</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00604920" w:rsidRPr="00604920">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> egészségügyi szakmai irányelv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00741C54" w:rsidRPr="00604920" w:rsidRDefault="00741C54" w:rsidP="00923BE4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001D129C" w:rsidRPr="00604920" w:rsidRDefault="002D5491" w:rsidP="00923BE4">
       <w:pPr>
@@ -364,51 +434,71 @@
         </w:rPr>
         <w:t>Kardiológia</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001D129C" w:rsidRPr="00604920" w:rsidRDefault="00741C54" w:rsidP="00923BE4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="fontstyle21"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00604920">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Megjelenés dátuma:</w:t>
+        <w:t xml:space="preserve">Megjelenés </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00604920">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dátuma</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00604920">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00604920">
         <w:rPr>
           <w:rStyle w:val="fontstyle21"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C91DD8">
         <w:rPr>
           <w:rStyle w:val="fontstyle21"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2025. </w:t>
       </w:r>
       <w:r w:rsidR="00922B91">
         <w:rPr>
           <w:rStyle w:val="fontstyle21"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -600,736 +690,1084 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> bekezdés</w:t>
       </w:r>
       <w:r w:rsidR="00550D40">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00741C54" w:rsidRPr="00604920" w:rsidRDefault="00741C54" w:rsidP="00923BE4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE04EB" w:rsidRPr="00FE04EB" w:rsidRDefault="005F536F" w:rsidP="00FE04EB">
+    <w:p w:rsidR="00B646EF" w:rsidRPr="00BA2784" w:rsidRDefault="005F536F" w:rsidP="00BA2784">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B25038">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A nyilatkozat kiadásának időpontjában az irányelvben nevesített, </w:t>
       </w:r>
       <w:r w:rsidRPr="00B25038">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>közfinanszírozásba nem befogadott eljárások és eszközök a következők:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004373BD" w:rsidRDefault="004373BD" w:rsidP="007A53FA">
+    <w:p w:rsidR="004373BD" w:rsidRDefault="006157AE" w:rsidP="006157AE">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004373BD">
-[...23 lines deleted...]
-      <w:r w:rsidR="007A53FA" w:rsidRPr="007A53FA">
+      <w:r w:rsidRPr="006157AE">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Szívelégtelenség kérdőív </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00C342E6">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Minnesota </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C342E6">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="004373BD" w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>iving</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004373BD" w:rsidRPr="004373BD">
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004373BD">
-[...3 lines deleted...]
-        <w:t>MWT)</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004373BD" w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>ith</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>HeartFailure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Questionnaire</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>, MLHF</w:t>
+      </w:r>
+      <w:r w:rsidR="004373BD" w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Q)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D063DA" w:rsidRDefault="00B646EF" w:rsidP="00D063DA">
+    <w:p w:rsidR="006157AE" w:rsidRPr="004373BD" w:rsidRDefault="006157AE" w:rsidP="006157AE">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
-        <w:t>Ajánlás 2 (2209. o.), Ajánlás 35 (2217. o.)</w:t>
+        <w:t>Ajánlás 3 (2209. o.), 1. kérdőív (2237. o.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B646EF" w:rsidRPr="00D063DA" w:rsidRDefault="00D063DA" w:rsidP="00D063DA">
-[...67 lines deleted...]
-    <w:p w:rsidR="004373BD" w:rsidRDefault="006157AE" w:rsidP="006157AE">
+    <w:p w:rsidR="006614D1" w:rsidRDefault="007A53FA" w:rsidP="006614D1">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006157AE">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Szívelégtelenség kérdőív </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A53FA">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>ardiomiopátia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A53FA">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kérdőív </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00C342E6">
-[...4 lines deleted...]
-      </w:r>
       <w:r w:rsidR="004373BD" w:rsidRPr="004373BD">
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
-        <w:t>iving w</w:t>
-[...5 lines deleted...]
-        <w:t>ith HeartFailure Questionnaire, MLHF</w:t>
+        <w:t>Kansas Cit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Cardiomyopathy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Questionnaire</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="004373BD" w:rsidRPr="004373BD">
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
-        <w:t>Q)</w:t>
+        <w:t>KCCQ)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006157AE" w:rsidRPr="004373BD" w:rsidRDefault="006157AE" w:rsidP="006157AE">
+    <w:p w:rsidR="006614D1" w:rsidRPr="006614D1" w:rsidRDefault="006614D1" w:rsidP="006614D1">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>Ajánlás 3 (2209. o.), 1. kérdőív (2237. o.)</w:t>
+      <w:r w:rsidRPr="006614D1">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Ajánlás 3 (2209</w:t>
+      </w:r>
+      <w:r w:rsidR="0047714A">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>-2210</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006614D1">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>. o.)</w:t>
+      </w:r>
+      <w:r w:rsidR="0047714A">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>, 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006614D1">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>. kérdőív (</w:t>
+      </w:r>
+      <w:r w:rsidR="0047714A">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>2238</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006614D1">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>. o.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006614D1" w:rsidRDefault="007A53FA" w:rsidP="006614D1">
+    <w:p w:rsidR="004373BD" w:rsidRDefault="004373BD" w:rsidP="007F004A">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...33 lines deleted...]
-        <w:t>KCCQ)</w:t>
+      <w:r w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Egészséggel kapcsolatos életminőség kérdőív (</w:t>
+      </w:r>
+      <w:r w:rsidR="007F004A" w:rsidRPr="007F004A">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">36-Item </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007F004A" w:rsidRPr="007F004A">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Short</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007F004A" w:rsidRPr="007F004A">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007F004A" w:rsidRPr="007F004A">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Form</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007F004A" w:rsidRPr="007F004A">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007F004A" w:rsidRPr="007F004A">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Survey</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007F004A">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>SF36)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006614D1" w:rsidRPr="006614D1" w:rsidRDefault="006614D1" w:rsidP="006614D1">
+    <w:p w:rsidR="007F004A" w:rsidRPr="004373BD" w:rsidRDefault="007F004A" w:rsidP="007F004A">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006614D1">
-[...39 lines deleted...]
-        <w:t>. o.)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Ajánlás 3 (2210. o.), 3. kérdőív (2239. o.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004373BD" w:rsidRDefault="004373BD" w:rsidP="007F004A">
+    <w:p w:rsidR="004373BD" w:rsidRDefault="004373BD" w:rsidP="004373BD">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004373BD">
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
-        <w:t>Egészséggel kapcsolatos életminőség kérdőív (</w:t>
-[...12 lines deleted...]
-      </w:r>
+        <w:t>Richmond Agitációs-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004373BD">
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
-        <w:t>SF36)</w:t>
+        <w:t>Szedációs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Skála (Richmond </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Agitation</w:t>
+      </w:r>
+      <w:r w:rsidR="00B376AC">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Sedation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Scale</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>, RASS)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F004A" w:rsidRPr="004373BD" w:rsidRDefault="007F004A" w:rsidP="007F004A">
+    <w:p w:rsidR="00B376AC" w:rsidRPr="004373BD" w:rsidRDefault="00B376AC" w:rsidP="00B376AC">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
-        <w:t>Ajánlás 3 (2210. o.), 3. kérdőív (2239. o.)</w:t>
+        <w:t xml:space="preserve">Ajánlás 19 (2213. o.), Ajánlás 24 (2215. o.), </w:t>
+      </w:r>
+      <w:r w:rsidR="00C342E6">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>1. táblázat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2242. o.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004373BD" w:rsidRDefault="004373BD" w:rsidP="004373BD">
+    <w:p w:rsidR="004373BD" w:rsidRDefault="004373BD" w:rsidP="00C342E6">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004373BD">
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
-        <w:t>Richmond Agitációs-Szedációs Skála (Richmond Agitation</w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Standardizált 5 kérdés a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004373BD">
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
-        <w:t>Sedation Scale, RASS)</w:t>
+        <w:t>kooperáció</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> felmérésére (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C342E6" w:rsidRPr="00C342E6">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Sta</w:t>
+      </w:r>
+      <w:r w:rsidR="00C342E6">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>ndardized</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C342E6">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C342E6">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Question</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C342E6">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C342E6">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C342E6">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C342E6">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Assess</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C342E6">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C342E6">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C342E6" w:rsidRPr="00C342E6">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>ooperation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C342E6">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>S5Q)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B376AC" w:rsidRPr="004373BD" w:rsidRDefault="00B376AC" w:rsidP="00B376AC">
+    <w:p w:rsidR="00C342E6" w:rsidRPr="004373BD" w:rsidRDefault="00C342E6" w:rsidP="00C342E6">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ajánlás 19 (2213. o.), Ajánlás 24 (2215. o.), </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> (2242. o.)</w:t>
+        <w:t>Ajánlás 19 (2213. o.), Ajánlás 23 (2214. o.), 2. táblázat (2242. o.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004373BD" w:rsidRDefault="004373BD" w:rsidP="00C342E6">
+    <w:p w:rsidR="004373BD" w:rsidRDefault="00C342E6" w:rsidP="00C342E6">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004373BD">
-[...33 lines deleted...]
-        <w:t>S5Q)</w:t>
+      <w:r w:rsidRPr="00C342E6">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Orvosi Kutatási Tanács izomerő skála </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C342E6">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Medical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C342E6">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Research </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Council</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Muscle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Strength</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Scale</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>, MRC)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C342E6" w:rsidRPr="004373BD" w:rsidRDefault="00C342E6" w:rsidP="00C342E6">
+    <w:p w:rsidR="00C342E6" w:rsidRPr="004373BD" w:rsidRDefault="008A507C" w:rsidP="00C342E6">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
-        <w:t>Ajánlás 19 (2213. o.), Ajánlás 23 (2214. o.), 2. táblázat (2242. o.)</w:t>
+        <w:t>Ajánlás 20 (2213. o.), Ajánlás 23 (2214. o.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004373BD" w:rsidRDefault="00C342E6" w:rsidP="00C342E6">
+    <w:p w:rsidR="004373BD" w:rsidRDefault="008A507C" w:rsidP="008A507C">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C342E6">
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="008A507C">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Az észlelt terhelés értékelése </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A507C">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Borg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A507C">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> szerint </w:t>
+      </w:r>
+      <w:r w:rsidR="004373BD" w:rsidRPr="004373BD">
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C342E6">
-[...9 lines deleted...]
-        <w:t>Council Muscle Strength Scale, MRC)</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004373BD" w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Bor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Rating</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Perceived</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Exertion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="004373BD" w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>cale</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>, BORG RPE</w:t>
+      </w:r>
+      <w:r w:rsidR="004373BD" w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C342E6" w:rsidRPr="004373BD" w:rsidRDefault="008A507C" w:rsidP="00C342E6">
+    <w:p w:rsidR="008A507C" w:rsidRPr="004373BD" w:rsidRDefault="008A507C" w:rsidP="008A507C">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
-        <w:t>Ajánlás 20 (2213. o.), Ajánlás 23 (2214. o.)</w:t>
+        <w:t>Ajánlás</w:t>
+      </w:r>
+      <w:r w:rsidR="0096359C">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20 (2213. o.), Ajánlás 34 (2217. o.), Ajánlás 36 (2217-2218. o.), Ajánlás 42 (2221-2223. o.), 4. táblázat (2243. o.), 5. táblázat (2243. o.), 7. táblázat (2247. o.), 12. táblázat (2250-2251. o.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004373BD" w:rsidRDefault="008A507C" w:rsidP="008A507C">
+    <w:p w:rsidR="004373BD" w:rsidRDefault="004373BD" w:rsidP="00A270DC">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A507C">
-[...72 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="004373BD">
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
-        <w:t>Zavartság értékelési módszer az intenzív osztályon (</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Zavartság értékelési módszer az </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>intenzív</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> osztályon (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A270DC" w:rsidRPr="00A270DC">
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
         <w:t>Confu</w:t>
       </w:r>
       <w:r w:rsidR="00A270DC">
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
-        <w:t>sion Assessment Method for the Intensive Care U</w:t>
+        <w:t>sion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A270DC">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A270DC">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Assessment</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A270DC">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A270DC">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Method</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A270DC">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A270DC">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A270DC">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A270DC">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A270DC">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A270DC">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Intensive</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A270DC">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A270DC">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Care</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A270DC">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> U</w:t>
       </w:r>
       <w:r w:rsidR="00A270DC" w:rsidRPr="00A270DC">
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
         <w:t>nit</w:t>
       </w:r>
       <w:r w:rsidR="00A270DC">
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="004373BD">
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
         <w:t>CAM-ICU)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A270DC" w:rsidRPr="004373BD" w:rsidRDefault="00A270DC" w:rsidP="00A270DC">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
@@ -1346,61 +1784,91 @@
       </w:r>
       <w:r w:rsidR="00C96A72">
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
         <w:t>23 (2214. o.), 1. algoritmus (2252. o.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00652B62" w:rsidRDefault="004373BD" w:rsidP="00652B62">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004373BD">
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
-        <w:t>Kardiopulmonális terheléses teszt (</w:t>
-      </w:r>
+        <w:t>Kardiopulmonális</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> terheléses teszt (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00652B62" w:rsidRPr="00652B62">
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
-        <w:t>Cardiopulmonary Exercise Test</w:t>
+        <w:t>Cardiopulmonary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00652B62" w:rsidRPr="00652B62">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00652B62" w:rsidRPr="00652B62">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Exercise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00652B62" w:rsidRPr="00652B62">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Test</w:t>
       </w:r>
       <w:r w:rsidR="00652B62">
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="004373BD">
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
         <w:t>CPET)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00652B62" w:rsidRPr="00652B62" w:rsidRDefault="00652B62" w:rsidP="00652B62">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -1412,254 +1880,409 @@
       <w:r w:rsidR="00A570F5">
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve"> 34 (2217. o.), Ajánlás 36 (2217-2218. o.), Ajánlás 42 (2221. o.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004373BD" w:rsidRDefault="004373BD" w:rsidP="004373BD">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004373BD">
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
-        <w:t>Inkrementális ingajárati séta teszt (Incremental Shuttle Walk Test, ISWT)</w:t>
+        <w:t>Inkrementális ingajárati séta teszt (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Incremental</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Shuttle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Walk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Test, ISWT)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009640BA" w:rsidRDefault="009640BA" w:rsidP="009640BA">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
         <w:t>Ajánlás 35 (2217. o.), 1. ábra (2257. o.)</w:t>
-      </w:r>
-[...16 lines deleted...]
-        <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="004373BD" w:rsidRDefault="004373BD" w:rsidP="004373BD">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004373BD">
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Rövid fizikai teljesitménypróba (Short Phys</w:t>
+        <w:t xml:space="preserve">Rövid fizikai </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>teljesitménypróba</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Short</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Phys</w:t>
       </w:r>
       <w:r w:rsidR="009640BA">
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
-        <w:t>ical Performance Battery, SPPB)</w:t>
+        <w:t>ical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009640BA">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Performance </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009640BA">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Battery</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009640BA">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>, SPPB)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005725AC" w:rsidRDefault="005725AC" w:rsidP="005725AC">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
         <w:t>Ajánlás 35 (2217. o.), 2. algoritmus (2253. o.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004373BD" w:rsidRDefault="005725AC" w:rsidP="004373BD">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
-        <w:t>Beszédteszt (Talk T</w:t>
+        <w:t>Beszédteszt (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Talk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> T</w:t>
       </w:r>
       <w:r w:rsidR="004373BD" w:rsidRPr="004373BD">
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
         <w:t>est)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005725AC" w:rsidRPr="004373BD" w:rsidRDefault="00586BE9" w:rsidP="005725AC">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
         <w:t>Ajánlás 36 (2217-2218. o.)</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00DF0FC1" w:rsidRDefault="00A26F54" w:rsidP="00A26F54">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A26F54">
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
-        <w:t>Súlyos nemkívánatos kardiális esemény</w:t>
+        <w:t xml:space="preserve">Súlyos nemkívánatos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A26F54">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>kardiális</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A26F54">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> esemény</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="004373BD" w:rsidRPr="004373BD">
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
-        <w:t>Major Adverse Cardiac E</w:t>
-[...5 lines deleted...]
-        <w:t>vent, MACE)</w:t>
+        <w:t xml:space="preserve">Major </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004373BD" w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Adverse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004373BD" w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004373BD" w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Cardiac</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004373BD" w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004373BD" w:rsidRPr="004373BD">
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>vent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>, MACE)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A26F54" w:rsidRDefault="00A26F54" w:rsidP="00A26F54">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
         <w:t>Ajánlás 40 (2219. o.), 9. táblázat (2248. o.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004373BD" w:rsidRPr="004373BD" w:rsidRDefault="004373BD" w:rsidP="004373BD">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00BA2784" w:rsidRDefault="00BA2784">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
     <w:p w:rsidR="008E251C" w:rsidRPr="00604920" w:rsidRDefault="008E251C" w:rsidP="008E251C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00604920">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A nyilatkozat kiadásának időpontjában az irányelvben </w:t>
       </w:r>
       <w:r w:rsidRPr="00604920">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">közfinanszírozásba nem befogadott </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="22"/>
@@ -3971,50 +4594,51 @@
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D040F"/>
     <w:rsid w:val="00006AE3"/>
     <w:rsid w:val="00010B52"/>
     <w:rsid w:val="0001726B"/>
     <w:rsid w:val="00030903"/>
     <w:rsid w:val="0003130A"/>
     <w:rsid w:val="00031AAC"/>
     <w:rsid w:val="00066F79"/>
     <w:rsid w:val="00077717"/>
     <w:rsid w:val="000779C6"/>
     <w:rsid w:val="00095FF7"/>
     <w:rsid w:val="000A37CB"/>
     <w:rsid w:val="000A6595"/>
     <w:rsid w:val="000C7D17"/>
@@ -4196,50 +4820,51 @@
     <w:rsid w:val="00A751A9"/>
     <w:rsid w:val="00A937B7"/>
     <w:rsid w:val="00A9635F"/>
     <w:rsid w:val="00AA0955"/>
     <w:rsid w:val="00AB4EDA"/>
     <w:rsid w:val="00AB5858"/>
     <w:rsid w:val="00AC4EBA"/>
     <w:rsid w:val="00AD0574"/>
     <w:rsid w:val="00AE0906"/>
     <w:rsid w:val="00AF638C"/>
     <w:rsid w:val="00AF700E"/>
     <w:rsid w:val="00B036B8"/>
     <w:rsid w:val="00B23C65"/>
     <w:rsid w:val="00B24A51"/>
     <w:rsid w:val="00B3261F"/>
     <w:rsid w:val="00B34476"/>
     <w:rsid w:val="00B376AC"/>
     <w:rsid w:val="00B500F2"/>
     <w:rsid w:val="00B508E0"/>
     <w:rsid w:val="00B50F50"/>
     <w:rsid w:val="00B54935"/>
     <w:rsid w:val="00B646EF"/>
     <w:rsid w:val="00B64C66"/>
     <w:rsid w:val="00B80124"/>
     <w:rsid w:val="00B8398D"/>
+    <w:rsid w:val="00BA2784"/>
     <w:rsid w:val="00BB0580"/>
     <w:rsid w:val="00BC1C89"/>
     <w:rsid w:val="00BC1E55"/>
     <w:rsid w:val="00BF4539"/>
     <w:rsid w:val="00BF64FC"/>
     <w:rsid w:val="00C20D13"/>
     <w:rsid w:val="00C25E11"/>
     <w:rsid w:val="00C26635"/>
     <w:rsid w:val="00C342E6"/>
     <w:rsid w:val="00C36F3A"/>
     <w:rsid w:val="00C4790D"/>
     <w:rsid w:val="00C53E26"/>
     <w:rsid w:val="00C641BF"/>
     <w:rsid w:val="00C70C10"/>
     <w:rsid w:val="00C761FE"/>
     <w:rsid w:val="00C90F5E"/>
     <w:rsid w:val="00C91DD8"/>
     <w:rsid w:val="00C938D3"/>
     <w:rsid w:val="00C96A72"/>
     <w:rsid w:val="00CA0053"/>
     <w:rsid w:val="00CA4996"/>
     <w:rsid w:val="00CD737F"/>
     <w:rsid w:val="00CE4BBD"/>
     <w:rsid w:val="00CE5598"/>
     <w:rsid w:val="00D02562"/>
@@ -4299,51 +4924,51 @@
     <w:rsid w:val="00FF14A4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hu-HU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0CF5D325"/>
+  <w14:docId w14:val="3399611B"/>
   <w15:docId w15:val="{348F85DF-66C7-4B35-96C7-CAD21B633CB6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="hu-HU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5617,66 +6242,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>410</Words>
-  <Characters>2831</Characters>
+  <Words>356</Words>
+  <Characters>2458</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Cím</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>NEAK</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3235</CharactersWithSpaces>
+  <CharactersWithSpaces>2809</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>NEAK</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>